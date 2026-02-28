--- v0 (2026-02-06)
+++ v1 (2026-02-28)
@@ -1,74 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10309"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1731FF0-7A19-D749-AF9C-C373B41A9FAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="82" documentId="8_{5FF627E7-5F0C-48E8-925B-5A8152F3ACCB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{35CA61A8-3EDF-4C79-A509-E85B343314A2}"/>
   <bookViews>
-    <workbookView xWindow="7240" yWindow="2760" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LaunchMyGroup Enrollment" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <si>
     <t>Date of Birth</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Date of Hire</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Middle Initial</t>
   </si>
   <si>
     <t>Member Street Address</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
@@ -135,53 +136,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="62"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFAA005F"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Yes or No)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Medical Provider Number </t>
-[...1 lines deleted...]
-  <si>
     <t>Primary Life Beneficiary</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Relationship
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFCC0099"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Emp, Sp, Ch)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Employee Status </t>
     </r>
     <r>
       <rPr>
@@ -242,223 +240,62 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(5 Digits only)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Disabled? </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFCC0099"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Yes,No)</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Medical Plan Election</t>
-[...10 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">Dental Plan Election </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFCC0099"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Copy and paste plan name from LMG Group Plan Selection Screen)</t>
-    </r>
-[...148 lines deleted...]
-      <t>(EE,ES,EC,Fam,Waive)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prior Carrier </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Effective Date</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="62"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -529,343 +366,380 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(mm/dd/yyyy)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Vision Plan Election </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFCC0099"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(Copy and paste plan name from LMG Group Plan Selection Screen)</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Basic Life Cov Level </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(EE,Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Life/AD&amp;D Class </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1,2,3,4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SalaryType </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Annual)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Working Location
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Enter the Location name from Group Divisions section of Launch My Group)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Billing Division
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Enter the Billing Division name from Group Divisions section of Launch My Group)</t>
+    </r>
+  </si>
+  <si>
+    <t>Hours Worked Per Week</t>
+  </si>
+  <si>
+    <t>State Abbreviation</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Phone Number </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(No dashes)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Medicare Part 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(A, B, AB, Not Available)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Occupation 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(25 character max)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Dependent Basic Life 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Enroll/Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Salary Amount 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(No $, whole value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Employee Voluntary Life Flat Amount 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(No $, whole value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Spouse Voluntary Life Flat Amount 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(No $, whole value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Short-Term Disability Cov Level 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(EE, Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Long-Term Disability Cov Level 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(EE, Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STD Class 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1-20)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">LTD Class 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1-20)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Dental Cov Level </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(EE,ES,EC,Family,Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">Vision Cov Level </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFCC0099"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(EE,ES,EC,Fam,Waive)</t>
-[...269 lines deleted...]
-      <t>(Enroll/Waive)</t>
+      <t>(EE,ES,EC,Family,Waive)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Dependent Voluntary Life Flat Amount 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFCC0099"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(5000/10000/Waive)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF1F497D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -912,200 +786,207 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFCC0099"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFCC0099"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFCC0099"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="8"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFCC0099"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1358,400 +1239,376 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BF24"/>
+  <dimension ref="A1:AX24"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E9" sqref="E9"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.1640625" style="1" customWidth="1"/>
-[...37 lines deleted...]
-    <col min="59" max="16384" width="9.1640625" style="1"/>
+    <col min="1" max="1" width="14.08984375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="16.453125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.08984375" style="17" customWidth="1"/>
+    <col min="4" max="4" width="10.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.08984375" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.6328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="13.453125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="12.08984375" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11.81640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="17.36328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="20.36328125" style="17" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="16.08984375" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="19" width="16.08984375" style="1" customWidth="1"/>
+    <col min="20" max="20" width="16" style="1" customWidth="1"/>
+    <col min="21" max="21" width="20.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="22" max="27" width="20.453125" style="1" customWidth="1"/>
+    <col min="28" max="28" width="16.6328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9.08984375" style="1" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="15.36328125" style="1" customWidth="1"/>
+    <col min="31" max="31" width="14.36328125" style="1" customWidth="1"/>
+    <col min="32" max="32" width="13.6328125" style="1" customWidth="1"/>
+    <col min="33" max="33" width="12.6328125" style="1" customWidth="1"/>
+    <col min="34" max="34" width="16.6328125" style="1" customWidth="1"/>
+    <col min="35" max="35" width="30.36328125" style="1" customWidth="1"/>
+    <col min="36" max="36" width="25.81640625" style="1" customWidth="1"/>
+    <col min="37" max="43" width="29.36328125" style="1" customWidth="1"/>
+    <col min="44" max="44" width="13.36328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="46" max="46" width="18.81640625" style="1" customWidth="1"/>
+    <col min="47" max="47" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="24.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="49" max="49" width="19.6328125" style="1" customWidth="1"/>
+    <col min="50" max="50" width="22.08984375" style="1" customWidth="1"/>
+    <col min="51" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:58" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:50" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="C1" s="16" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="L1" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>30</v>
+      </c>
+      <c r="M1" s="16" t="s">
+        <v>18</v>
       </c>
       <c r="N1" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="O1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q1" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="R1" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="Q1" s="6" t="s">
-[...8 lines deleted...]
-      <c r="T1" s="10" t="s">
+      <c r="U1" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="V1" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="W1" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="X1" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="U1" s="3" t="s">
+      <c r="Y1" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V1" s="3" t="s">
+      <c r="Z1" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="AA1" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="W1" s="3" t="s">
+      <c r="AB1" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="AC1" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="AD1" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="X1" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Y1" s="3" t="s">
+      <c r="AE1" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="AF1" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="Z1" s="3" t="s">
+      <c r="AG1" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="AA1" s="3" t="s">
+      <c r="AH1" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI1" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="AJ1" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="AK1" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL1" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM1" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="AN1" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="AO1" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="AP1" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="AQ1" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR1" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="AB1" s="5" t="s">
+      <c r="AS1" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="AC1" s="3" t="s">
-[...160 lines deleted...]
-    <row r="15" spans="1:58" x14ac:dyDescent="0.2">
+    </row>
+    <row r="2" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="T2" s="12"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+    </row>
+    <row r="3" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="T3" s="12"/>
+      <c r="AW3" s="2"/>
+      <c r="AX3" s="2"/>
+    </row>
+    <row r="4" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="T4" s="12"/>
+      <c r="AW4" s="2"/>
+      <c r="AX4" s="2"/>
+    </row>
+    <row r="5" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H5" s="13"/>
+      <c r="I5" s="13"/>
+      <c r="T5" s="12"/>
+      <c r="AW5" s="2"/>
+      <c r="AX5" s="2"/>
+    </row>
+    <row r="6" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="T6" s="12"/>
+      <c r="AW6" s="2"/>
+      <c r="AX6" s="2"/>
+    </row>
+    <row r="7" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="T7" s="12"/>
+      <c r="AW7" s="2"/>
+      <c r="AX7" s="2"/>
+    </row>
+    <row r="8" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="T8" s="12"/>
+      <c r="AW8" s="2"/>
+      <c r="AX8" s="2"/>
+    </row>
+    <row r="9" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="T9" s="12"/>
+      <c r="AW9" s="2"/>
+      <c r="AX9" s="2"/>
+    </row>
+    <row r="10" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H10" s="13"/>
+      <c r="I10" s="13"/>
+      <c r="T10" s="12"/>
+      <c r="AW10" s="2"/>
+      <c r="AX10" s="2"/>
+    </row>
+    <row r="11" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H11" s="13"/>
+      <c r="I11" s="13"/>
+      <c r="T11" s="12"/>
+      <c r="AW11" s="2"/>
+      <c r="AX11" s="2"/>
+    </row>
+    <row r="12" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H12" s="13"/>
+      <c r="AJ12" s="15"/>
+      <c r="AW12" s="2"/>
+      <c r="AX12" s="2"/>
+    </row>
+    <row r="13" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="H13" s="13"/>
+      <c r="AW13" s="2"/>
+      <c r="AX13" s="2"/>
+    </row>
+    <row r="14" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="AW14" s="2"/>
+      <c r="AX14" s="2"/>
+    </row>
+    <row r="15" spans="1:50" x14ac:dyDescent="0.35">
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
-      <c r="BE15" s="2"/>
-[...36 lines deleted...]
-      <c r="BF24" s="2"/>
+      <c r="AW15" s="2"/>
+      <c r="AX15" s="2"/>
+    </row>
+    <row r="16" spans="1:50" x14ac:dyDescent="0.35">
+      <c r="AW16" s="2"/>
+      <c r="AX16" s="2"/>
+    </row>
+    <row r="17" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW17" s="2"/>
+      <c r="AX17" s="2"/>
+    </row>
+    <row r="18" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW18" s="2"/>
+      <c r="AX18" s="2"/>
+    </row>
+    <row r="19" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW19" s="2"/>
+      <c r="AX19" s="2"/>
+    </row>
+    <row r="20" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW20" s="2"/>
+      <c r="AX20" s="2"/>
+    </row>
+    <row r="21" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW21" s="2"/>
+      <c r="AX21" s="2"/>
+    </row>
+    <row r="22" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW22" s="2"/>
+      <c r="AX22" s="2"/>
+    </row>
+    <row r="23" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW23" s="2"/>
+      <c r="AX23" s="2"/>
+    </row>
+    <row r="24" spans="49:50" x14ac:dyDescent="0.35">
+      <c r="AW24" s="2"/>
+      <c r="AX24" s="2"/>
     </row>
   </sheetData>
+  <phoneticPr fontId="13" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" sqref="S1" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="44" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LaunchMyGroup Enrollment</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>